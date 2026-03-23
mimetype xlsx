--- v0 (2026-01-23)
+++ v1 (2026-03-23)
@@ -2,87 +2,87 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cmanan\OneDrive - Organismo Dominicano de Acreditación (ODAC)\Escritorio\Documentos Portal 2025\Finanzas\Diciembre\Excel\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D28DDF67-FF6E-4060-87DB-C665D28FFCC7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{258476FE-9934-4BA2-9778-FF987A2F3342}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-24120" yWindow="0" windowWidth="24240" windowHeight="13140" xr2:uid="{A955CD6B-3212-4E07-A86E-CD3D36046FC7}"/>
+    <workbookView xWindow="-24120" yWindow="0" windowWidth="24240" windowHeight="13140" xr2:uid="{FD8793A5-79E4-4E73-9B9F-7FF84453CCEE}"/>
   </bookViews>
   <sheets>
     <sheet name="ESTADO" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="Actividad_Económica" localSheetId="0">#REF!</definedName>
     <definedName name="Actividad_Económica">#REF!</definedName>
     <definedName name="Actividad_Economica2" localSheetId="0">#REF!</definedName>
     <definedName name="Actividad_Economica2">#REF!</definedName>
     <definedName name="AGENCIA" localSheetId="0">#REF!</definedName>
     <definedName name="AGENCIA">#REF!</definedName>
     <definedName name="Agencia2" localSheetId="0">#REF!</definedName>
     <definedName name="Agencia2">#REF!</definedName>
     <definedName name="Apto" localSheetId="0">#REF!</definedName>
     <definedName name="Apto">#REF!</definedName>
     <definedName name="Apto_Postal" localSheetId="0">#REF!</definedName>
     <definedName name="Apto_Postal">#REF!</definedName>
     <definedName name="Apto_postal2" localSheetId="0">#REF!</definedName>
     <definedName name="Apto_postal2">#REF!</definedName>
     <definedName name="Apto2" localSheetId="0">#REF!</definedName>
     <definedName name="Apto2">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">ESTADO!$A$1:$H$51</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">ESTADO!$A$1:$H$53</definedName>
     <definedName name="DATOS" localSheetId="0">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="DATOS">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="DATOS2" localSheetId="0">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="DATOS2">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="datos3" localSheetId="0">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="datos3">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="datos4" localSheetId="0">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="datos4">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="DEPRECIACION" localSheetId="0">#REF!</definedName>
     <definedName name="DEPRECIACION">#REF!</definedName>
     <definedName name="Dirección" localSheetId="0">#REF!</definedName>
     <definedName name="Dirección">#REF!</definedName>
     <definedName name="direccion2" localSheetId="0">#REF!</definedName>
     <definedName name="direccion2">#REF!</definedName>
     <definedName name="EMail" localSheetId="0">#REF!</definedName>
     <definedName name="EMail">#REF!</definedName>
     <definedName name="email2" localSheetId="0">#REF!</definedName>
     <definedName name="email2">#REF!</definedName>
     <definedName name="Fax" localSheetId="0">#REF!</definedName>
     <definedName name="Fax">#REF!</definedName>
     <definedName name="Fecha" localSheetId="0">#REF!</definedName>
     <definedName name="Fecha">#REF!</definedName>
     <definedName name="Fecha_Ejercicio_Al" localSheetId="0">#REF!</definedName>
     <definedName name="Fecha_Ejercicio_Al">#REF!</definedName>
     <definedName name="Fecha_Ejercicio_Del" localSheetId="0">#REF!</definedName>
@@ -142,64 +142,64 @@
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G43" i="1" l="1"/>
   <c r="G39" i="1"/>
+  <c r="G35" i="1"/>
   <c r="G34" i="1"/>
   <c r="G33" i="1"/>
-  <c r="G35" i="1" s="1"/>
   <c r="G27" i="1"/>
+  <c r="G23" i="1"/>
   <c r="G22" i="1"/>
   <c r="G21" i="1"/>
-  <c r="G23" i="1" s="1"/>
   <c r="G17" i="1"/>
   <c r="G16" i="1"/>
   <c r="G15" i="1"/>
+  <c r="G18" i="1" s="1"/>
   <c r="G14" i="1"/>
-  <c r="G45" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="G29" i="1" s="1"/>
+  <c r="G29" i="1" l="1"/>
+  <c r="G45" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <si>
     <t>BALANCE GENERAL</t>
   </si>
   <si>
     <t>AL 31 DE DICIEMBRE DE 2025</t>
   </si>
   <si>
     <t>VALORES EN RD$</t>
   </si>
   <si>
     <t xml:space="preserve">ACTIVO </t>
   </si>
   <si>
     <t>Activos Corrientes</t>
   </si>
   <si>
     <t>Disponibilidades (Cuenta fondo reponible y caja chica)</t>
   </si>
   <si>
     <t>Cuentas por Cobrar</t>
@@ -528,151 +528,159 @@
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
+      <sheetName val="2024"/>
       <sheetName val="Ingresos"/>
       <sheetName val="ESTADO"/>
       <sheetName val="Dic"/>
       <sheetName val="Balanza Con"/>
       <sheetName val="ED"/>
       <sheetName val="Pago Dic"/>
       <sheetName val="Ejec"/>
       <sheetName val="Pago Nov"/>
       <sheetName val="CxC 11"/>
       <sheetName val="Inventario "/>
       <sheetName val="Gastos pag. x ant."/>
       <sheetName val="SEGURO"/>
       <sheetName val="Fianzas y Depositos"/>
       <sheetName val="CXP 12"/>
       <sheetName val="CXP 11"/>
       <sheetName val="CP Dic"/>
       <sheetName val="CP Nov"/>
       <sheetName val="Tasas"/>
       <sheetName val="Ajuste Po"/>
       <sheetName val="Ajuste ne"/>
       <sheetName val="Almuerzo"/>
       <sheetName val="Caja ADM"/>
       <sheetName val="Caja ADM (2)"/>
       <sheetName val="Caja DE"/>
+      <sheetName val="Estado Inventario por Tarje (2)"/>
+      <sheetName val="Almacen y Sum "/>
+      <sheetName val="Toma Física"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
-      <sheetData sheetId="3">
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4">
         <row r="9">
           <cell r="G9">
             <v>49095.360000000001</v>
           </cell>
         </row>
         <row r="12">
           <cell r="G12">
-            <v>469800</v>
+            <v>4433800</v>
           </cell>
         </row>
         <row r="13">
           <cell r="G13">
             <v>717346.75000000012</v>
           </cell>
         </row>
         <row r="15">
           <cell r="G15">
             <v>43117.5</v>
           </cell>
         </row>
         <row r="16">
           <cell r="G16">
             <v>162678.46899999998</v>
           </cell>
         </row>
         <row r="17">
           <cell r="G17">
             <v>305143.51166666602</v>
           </cell>
         </row>
         <row r="18">
           <cell r="G18">
             <v>132981.71</v>
           </cell>
         </row>
         <row r="20">
           <cell r="H20">
             <v>5914469.620000001</v>
           </cell>
         </row>
         <row r="27">
           <cell r="H27">
             <v>1706250.4599999997</v>
           </cell>
         </row>
         <row r="39">
           <cell r="G39">
             <v>8108824.2899999991</v>
           </cell>
         </row>
       </sheetData>
-      <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13"/>
       <sheetData sheetId="14"/>
       <sheetData sheetId="15"/>
       <sheetData sheetId="16"/>
       <sheetData sheetId="17"/>
       <sheetData sheetId="18"/>
       <sheetData sheetId="19"/>
       <sheetData sheetId="20"/>
       <sheetData sheetId="21"/>
       <sheetData sheetId="22"/>
       <sheetData sheetId="23"/>
+      <sheetData sheetId="24"/>
+      <sheetData sheetId="25"/>
+      <sheetData sheetId="26"/>
+      <sheetData sheetId="27"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink3.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Ingresos"/>
       <sheetName val="ESTADO"/>
       <sheetName val="Diciembre"/>
       <sheetName val="Balanza Con"/>
       <sheetName val="ED"/>
       <sheetName val="DP 12-2022 (2)"/>
       <sheetName val="Pagos Diciembre"/>
       <sheetName val="Lib cons cxp"/>
       <sheetName val="Ejecucion12"/>
       <sheetName val="Pagos Diciembre S Norma"/>
       <sheetName val="Ejecución"/>
       <sheetName val="Pago Nov."/>
       <sheetName val="Pago Nov. (2)"/>
@@ -1002,80 +1010,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{788D4336-3293-416C-A6B8-94F33F23FE86}">
-  <dimension ref="A1:N53"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{033B07D7-2E40-42D0-A519-6AF1DA2909DF}">
+  <sheetPr codeName="Hoja1"/>
+  <dimension ref="A4:N53"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K10" sqref="K10"/>
+      <selection activeCell="I45" sqref="I45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" customWidth="1"/>
     <col min="7" max="7" width="14.109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.109375" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="19.109375" customWidth="1"/>
     <col min="10" max="10" width="14.6640625" customWidth="1"/>
     <col min="11" max="11" width="15.109375" customWidth="1"/>
     <col min="12" max="12" width="15.5546875" customWidth="1"/>
     <col min="13" max="13" width="14.5546875" customWidth="1"/>
     <col min="14" max="14" width="13.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-    </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.3">
       <c r="J4" s="2"/>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.3">
       <c r="J5" s="2"/>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.3">
       <c r="J6" s="2"/>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A7" s="21"/>
       <c r="B7" s="21"/>
       <c r="C7" s="21"/>
       <c r="D7" s="21"/>
       <c r="E7" s="21"/>
       <c r="F7" s="21"/>
       <c r="G7" s="21"/>
       <c r="H7" s="21"/>
       <c r="J7" s="2"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A8" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="23"/>
@@ -1136,84 +1136,84 @@
     <row r="13" spans="1:12" x14ac:dyDescent="0.3">
       <c r="B13" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J13" s="2"/>
       <c r="K13" s="8"/>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.3">
       <c r="B14" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="9">
         <f>+'[2]Balanza Con'!G9</f>
         <v>49095.360000000001</v>
       </c>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="10"/>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.3">
       <c r="B15" t="s">
         <v>6</v>
       </c>
       <c r="G15" s="9">
         <f>+'[2]Balanza Con'!G12</f>
-        <v>469800</v>
+        <v>4433800</v>
       </c>
       <c r="L15" s="8"/>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.3">
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="G16" s="9">
         <f>+'[2]Balanza Con'!G13</f>
         <v>717346.75000000012</v>
       </c>
       <c r="I16" s="10"/>
       <c r="J16" s="11"/>
       <c r="K16" s="10"/>
     </row>
     <row r="17" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="G17" s="12">
         <f>+'[2]Balanza Con'!G15+'[2]Balanza Con'!G16+'[2]Balanza Con'!G17+'[2]Balanza Con'!G18</f>
         <v>643921.19066666602</v>
       </c>
       <c r="J17" s="10"/>
       <c r="K17" s="10"/>
     </row>
     <row r="18" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G18" s="1">
         <f>SUM(G14:G17)</f>
-        <v>1880163.3006666661</v>
+        <v>5844163.3006666666</v>
       </c>
     </row>
     <row r="19" spans="2:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="20" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="7" t="s">
         <v>10</v>
       </c>
       <c r="K20" s="5"/>
       <c r="L20" s="5"/>
       <c r="M20" s="5"/>
     </row>
     <row r="21" spans="2:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="9">
         <f>+'[2]Balanza Con'!H20</f>
         <v>5914469.620000001</v>
       </c>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="13"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
       <c r="M21" s="14"/>
@@ -1262,51 +1262,51 @@
       <c r="B26" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="15">
         <v>1102461.3600000001</v>
       </c>
     </row>
     <row r="27" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="7" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="16">
         <f>SUM(G26:G26)</f>
         <v>1102461.3600000001</v>
       </c>
     </row>
     <row r="28" spans="2:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="7"/>
     </row>
     <row r="29" spans="2:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="17">
         <f>+G18+G23+G27</f>
-        <v>10603344.740666667</v>
+        <v>14567344.740666667</v>
       </c>
       <c r="I29" s="2"/>
       <c r="J29" s="10"/>
       <c r="K29" s="10"/>
       <c r="L29" s="10"/>
       <c r="M29" s="2"/>
       <c r="N29" s="8"/>
     </row>
     <row r="30" spans="2:14" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="J30" s="10"/>
       <c r="K30" s="10"/>
       <c r="L30" s="8"/>
     </row>
     <row r="31" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="10"/>
       <c r="I31" s="10"/>
       <c r="J31" s="10"/>
       <c r="K31" s="10"/>
     </row>
     <row r="32" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B32" s="7" t="s">
         <v>19</v>
@@ -1375,80 +1375,80 @@
     <row r="39" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B39" s="7" t="s">
         <v>26</v>
       </c>
       <c r="G39" s="18">
         <f>SUM(G38)</f>
         <v>0</v>
       </c>
       <c r="J39" s="10"/>
     </row>
     <row r="40" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B40" s="7"/>
       <c r="G40" s="18"/>
       <c r="J40" s="10"/>
     </row>
     <row r="41" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B41" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="42" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B42" t="s">
         <v>28</v>
       </c>
       <c r="G42" s="15">
-        <v>2494520.4500000002</v>
+        <v>6458520.4500000002</v>
       </c>
       <c r="H42" s="10"/>
       <c r="I42" s="10"/>
       <c r="J42" s="19"/>
     </row>
     <row r="43" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="G43" s="16">
         <f>SUM(G42)</f>
-        <v>2494520.4500000002</v>
+        <v>6458520.4500000002</v>
       </c>
       <c r="H43" s="10"/>
       <c r="I43" s="10"/>
       <c r="J43" s="10"/>
     </row>
     <row r="44" spans="2:12" x14ac:dyDescent="0.3">
       <c r="J44" s="2"/>
       <c r="K44" s="8"/>
       <c r="L44" s="8"/>
     </row>
     <row r="45" spans="2:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B45" s="7" t="s">
         <v>30</v>
       </c>
       <c r="G45" s="17">
         <f>+G35+G39+G43</f>
-        <v>10603344.739999998</v>
+        <v>14567344.739999998</v>
       </c>
       <c r="H45" s="20"/>
       <c r="I45" s="19"/>
       <c r="K45" s="8"/>
     </row>
     <row r="46" spans="2:12" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B46" s="7"/>
       <c r="G46" s="18"/>
       <c r="H46" s="10"/>
       <c r="I46" s="10"/>
       <c r="J46" s="10"/>
     </row>
     <row r="47" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B47" s="7"/>
       <c r="G47" s="18"/>
       <c r="H47" s="10"/>
       <c r="I47" s="10"/>
       <c r="J47" s="10"/>
     </row>
     <row r="48" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B48" s="7"/>
       <c r="G48" s="18"/>
       <c r="H48" s="10"/>
       <c r="I48" s="10"/>
       <c r="J48" s="10"/>
@@ -1487,51 +1487,51 @@
     </row>
     <row r="52" spans="2:9" ht="21" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="53" spans="2:9" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B53" s="22"/>
       <c r="C53" s="22"/>
       <c r="D53" s="22"/>
       <c r="E53" s="22"/>
       <c r="F53" s="22"/>
       <c r="G53" s="22"/>
       <c r="H53" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B51:C51"/>
     <mergeCell ref="F51:H51"/>
     <mergeCell ref="B53:H53"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="A9:H9"/>
     <mergeCell ref="A10:H10"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="B50:C50"/>
     <mergeCell ref="F50:H50"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="90" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="86" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>